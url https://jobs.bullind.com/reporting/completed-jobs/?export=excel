--- v0 (2025-12-08)
+++ v1 (2026-02-06)
@@ -11,93 +11,81 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Completed Jobs Report" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...1 lines deleted...]
-      <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...4 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -422,130 +410,1682 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E4"/>
+  <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
-      <c r="A1" s="1" t="inlineStr">
+      <c r="A1" t="inlineStr">
         <is>
           <t>Component</t>
         </is>
       </c>
-      <c r="B1" s="1" t="inlineStr">
+      <c r="B1" t="inlineStr">
         <is>
           <t>Total Jobs</t>
         </is>
       </c>
-      <c r="C1" s="1" t="inlineStr">
+      <c r="C1" t="inlineStr">
         <is>
           <t>Avg Days to Complete</t>
         </is>
       </c>
-      <c r="D1" s="1" t="inlineStr">
+      <c r="D1" t="inlineStr">
+        <is>
+          <t>R &amp; R Jobs</t>
+        </is>
+      </c>
+      <c r="E1" t="inlineStr">
+        <is>
+          <t>Core Jobs</t>
+        </is>
+      </c>
+      <c r="F1" t="inlineStr">
+        <is>
+          <t>Warranty Jobs</t>
+        </is>
+      </c>
+      <c r="G1" t="inlineStr">
+        <is>
+          <t>Inspection Jobs</t>
+        </is>
+      </c>
+      <c r="H1" t="inlineStr">
         <is>
           <t>Mod Exchange Jobs</t>
-        </is>
-[...3 lines deleted...]
-          <t>R &amp; R Jobs</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>R18627-14 Transmission</t>
+          <t>113/108 Axle</t>
         </is>
       </c>
       <c r="B2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C2" t="n">
-        <v>42</v>
+        <v>119.3</v>
       </c>
       <c r="D2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E2" t="inlineStr"/>
+      <c r="F2" t="inlineStr"/>
+      <c r="G2" t="inlineStr"/>
+      <c r="H2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>113/108 Axle</t>
+          <t>114/60</t>
         </is>
       </c>
       <c r="B3" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C3" t="n">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D3" t="inlineStr"/>
+        <v>34.3</v>
+      </c>
+      <c r="D3" t="n">
+        <v>2</v>
+      </c>
       <c r="E3" t="n">
         <v>1</v>
       </c>
+      <c r="F3" t="inlineStr"/>
+      <c r="G3" t="inlineStr"/>
+      <c r="H3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>113/109 Axle</t>
+          <t>113/137 Axle</t>
         </is>
       </c>
       <c r="B4" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C4" t="n">
+        <v>5</v>
+      </c>
+      <c r="D4" t="n">
+        <v>1</v>
+      </c>
+      <c r="E4" t="n">
+        <v>2</v>
+      </c>
+      <c r="F4" t="inlineStr"/>
+      <c r="G4" t="inlineStr"/>
+      <c r="H4" t="inlineStr"/>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>113/138 Axle</t>
+        </is>
+      </c>
+      <c r="B5" t="n">
+        <v>3</v>
+      </c>
+      <c r="C5" t="n">
+        <v>13</v>
+      </c>
+      <c r="D5" t="n">
+        <v>1</v>
+      </c>
+      <c r="E5" t="n">
+        <v>2</v>
+      </c>
+      <c r="F5" t="inlineStr"/>
+      <c r="G5" t="inlineStr"/>
+      <c r="H5" t="inlineStr"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>15.7LMTE32427-85</t>
+        </is>
+      </c>
+      <c r="B6" t="n">
+        <v>2</v>
+      </c>
+      <c r="C6" t="n">
+        <v>131.5</v>
+      </c>
+      <c r="D6" t="inlineStr"/>
+      <c r="E6" t="inlineStr"/>
+      <c r="F6" t="n">
+        <v>2</v>
+      </c>
+      <c r="G6" t="inlineStr"/>
+      <c r="H6" t="inlineStr"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>13.7HR32369-638</t>
+        </is>
+      </c>
+      <c r="B7" t="n">
+        <v>2</v>
+      </c>
+      <c r="C7" t="n">
+        <v>71.5</v>
+      </c>
+      <c r="D7" t="inlineStr"/>
+      <c r="E7" t="n">
+        <v>2</v>
+      </c>
+      <c r="F7" t="inlineStr"/>
+      <c r="G7" t="inlineStr"/>
+      <c r="H7" t="inlineStr"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>19D Trunnion Axle</t>
+        </is>
+      </c>
+      <c r="B8" t="n">
+        <v>2</v>
+      </c>
+      <c r="C8" t="n">
+        <v>71</v>
+      </c>
+      <c r="D8" t="n">
+        <v>2</v>
+      </c>
+      <c r="E8" t="inlineStr"/>
+      <c r="F8" t="inlineStr"/>
+      <c r="G8" t="inlineStr"/>
+      <c r="H8" t="inlineStr"/>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>113/109</t>
+        </is>
+      </c>
+      <c r="B9" t="n">
+        <v>2</v>
+      </c>
+      <c r="C9" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="D9" t="n">
+        <v>2</v>
+      </c>
+      <c r="E9" t="inlineStr"/>
+      <c r="F9" t="inlineStr"/>
+      <c r="G9" t="inlineStr"/>
+      <c r="H9" t="inlineStr"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>111.0999P1</t>
+        </is>
+      </c>
+      <c r="B10" t="n">
+        <v>2</v>
+      </c>
+      <c r="C10" t="n">
+        <v>8</v>
+      </c>
+      <c r="D10" t="inlineStr"/>
+      <c r="E10" t="n">
+        <v>2</v>
+      </c>
+      <c r="F10" t="inlineStr"/>
+      <c r="G10" t="inlineStr"/>
+      <c r="H10" t="inlineStr"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>276/126</t>
+        </is>
+      </c>
+      <c r="B11" t="n">
+        <v>2</v>
+      </c>
+      <c r="C11" t="n">
         <v>0</v>
       </c>
-      <c r="D4" t="inlineStr"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D11" t="n">
+        <v>2</v>
+      </c>
+      <c r="E11" t="inlineStr"/>
+      <c r="F11" t="inlineStr"/>
+      <c r="G11" t="inlineStr"/>
+      <c r="H11" t="inlineStr"/>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>113/147</t>
+        </is>
+      </c>
+      <c r="B12" t="n">
+        <v>2</v>
+      </c>
+      <c r="C12" t="n">
+        <v>13</v>
+      </c>
+      <c r="D12" t="inlineStr"/>
+      <c r="E12" t="n">
+        <v>2</v>
+      </c>
+      <c r="F12" t="inlineStr"/>
+      <c r="G12" t="inlineStr"/>
+      <c r="H12" t="inlineStr"/>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>106.1380 Diff</t>
+        </is>
+      </c>
+      <c r="B13" t="n">
+        <v>2</v>
+      </c>
+      <c r="C13" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="D13" t="n">
+        <v>1</v>
+      </c>
+      <c r="E13" t="inlineStr"/>
+      <c r="F13" t="inlineStr"/>
+      <c r="G13" t="n">
+        <v>1</v>
+      </c>
+      <c r="H13" t="inlineStr"/>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>C8552 Torque</t>
+        </is>
+      </c>
+      <c r="B14" t="n">
+        <v>1</v>
+      </c>
+      <c r="C14" t="n">
+        <v>14</v>
+      </c>
+      <c r="D14" t="inlineStr"/>
+      <c r="E14" t="inlineStr"/>
+      <c r="F14" t="n">
+        <v>1</v>
+      </c>
+      <c r="G14" t="inlineStr"/>
+      <c r="H14" t="inlineStr"/>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>101.1391.3</t>
+        </is>
+      </c>
+      <c r="B15" t="n">
+        <v>1</v>
+      </c>
+      <c r="C15" t="n">
+        <v>50</v>
+      </c>
+      <c r="D15" t="n">
+        <v>1</v>
+      </c>
+      <c r="E15" t="inlineStr"/>
+      <c r="F15" t="inlineStr"/>
+      <c r="G15" t="inlineStr"/>
+      <c r="H15" t="inlineStr"/>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>8821H-155</t>
+        </is>
+      </c>
+      <c r="B16" t="n">
+        <v>1</v>
+      </c>
+      <c r="C16" t="n">
+        <v>8</v>
+      </c>
+      <c r="D16" t="n">
+        <v>1</v>
+      </c>
+      <c r="E16" t="inlineStr"/>
+      <c r="F16" t="inlineStr"/>
+      <c r="G16" t="inlineStr"/>
+      <c r="H16" t="inlineStr"/>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>17D Axle</t>
+        </is>
+      </c>
+      <c r="B17" t="n">
+        <v>1</v>
+      </c>
+      <c r="C17" t="n">
+        <v>172</v>
+      </c>
+      <c r="D17" t="inlineStr"/>
+      <c r="E17" t="inlineStr"/>
+      <c r="F17" t="n">
+        <v>1</v>
+      </c>
+      <c r="G17" t="inlineStr"/>
+      <c r="H17" t="inlineStr"/>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>13.5LHR32422-601</t>
+        </is>
+      </c>
+      <c r="B18" t="n">
+        <v>1</v>
+      </c>
+      <c r="C18" t="n">
+        <v>124</v>
+      </c>
+      <c r="D18" t="inlineStr"/>
+      <c r="E18" t="inlineStr"/>
+      <c r="F18" t="inlineStr"/>
+      <c r="G18" t="n">
+        <v>1</v>
+      </c>
+      <c r="H18" t="inlineStr"/>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>319/114/55</t>
+        </is>
+      </c>
+      <c r="B19" t="n">
+        <v>1</v>
+      </c>
+      <c r="C19" t="n">
+        <v>370</v>
+      </c>
+      <c r="D19" t="n">
+        <v>1</v>
+      </c>
+      <c r="E19" t="inlineStr"/>
+      <c r="F19" t="inlineStr"/>
+      <c r="G19" t="inlineStr"/>
+      <c r="H19" t="inlineStr"/>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>1102FT12345-200</t>
+        </is>
+      </c>
+      <c r="B20" t="n">
+        <v>1</v>
+      </c>
+      <c r="C20" t="n">
+        <v>17</v>
+      </c>
+      <c r="D20" t="inlineStr"/>
+      <c r="E20" t="n">
+        <v>1</v>
+      </c>
+      <c r="F20" t="inlineStr"/>
+      <c r="G20" t="inlineStr"/>
+      <c r="H20" t="inlineStr"/>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>R32421-666</t>
+        </is>
+      </c>
+      <c r="B21" t="n">
+        <v>1</v>
+      </c>
+      <c r="C21" t="n">
+        <v>16</v>
+      </c>
+      <c r="D21" t="n">
+        <v>1</v>
+      </c>
+      <c r="E21" t="inlineStr"/>
+      <c r="F21" t="inlineStr"/>
+      <c r="G21" t="inlineStr"/>
+      <c r="H21" t="inlineStr"/>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>8821H-126</t>
+        </is>
+      </c>
+      <c r="B22" t="n">
+        <v>1</v>
+      </c>
+      <c r="C22" t="n">
+        <v>17</v>
+      </c>
+      <c r="D22" t="inlineStr"/>
+      <c r="E22" t="n">
+        <v>1</v>
+      </c>
+      <c r="F22" t="inlineStr"/>
+      <c r="G22" t="inlineStr"/>
+      <c r="H22" t="inlineStr"/>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>1024m13 Funk Transmission</t>
+        </is>
+      </c>
+      <c r="B23" t="n">
+        <v>1</v>
+      </c>
+      <c r="C23" t="n">
+        <v>199</v>
+      </c>
+      <c r="D23" t="inlineStr"/>
+      <c r="E23" t="inlineStr"/>
+      <c r="F23" t="inlineStr"/>
+      <c r="G23" t="n">
+        <v>1</v>
+      </c>
+      <c r="H23" t="inlineStr"/>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>C273.1-312</t>
+        </is>
+      </c>
+      <c r="B24" t="n">
+        <v>1</v>
+      </c>
+      <c r="C24" t="n">
+        <v>20</v>
+      </c>
+      <c r="D24" t="n">
+        <v>1</v>
+      </c>
+      <c r="E24" t="inlineStr"/>
+      <c r="F24" t="inlineStr"/>
+      <c r="G24" t="inlineStr"/>
+      <c r="H24" t="inlineStr"/>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>IFI12836</t>
+        </is>
+      </c>
+      <c r="B25" t="n">
+        <v>1</v>
+      </c>
+      <c r="C25" t="n">
+        <v>19</v>
+      </c>
+      <c r="D25" t="n">
+        <v>1</v>
+      </c>
+      <c r="E25" t="inlineStr"/>
+      <c r="F25" t="inlineStr"/>
+      <c r="G25" t="inlineStr"/>
+      <c r="H25" t="inlineStr"/>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>R1300 Axle</t>
+        </is>
+      </c>
+      <c r="B26" t="n">
+        <v>1</v>
+      </c>
+      <c r="C26" t="n">
+        <v>88</v>
+      </c>
+      <c r="D26" t="n">
+        <v>1</v>
+      </c>
+      <c r="E26" t="inlineStr"/>
+      <c r="F26" t="inlineStr"/>
+      <c r="G26" t="inlineStr"/>
+      <c r="H26" t="inlineStr"/>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>123/168 Axle</t>
+        </is>
+      </c>
+      <c r="B27" t="n">
+        <v>1</v>
+      </c>
+      <c r="C27" t="n">
+        <v>109</v>
+      </c>
+      <c r="D27" t="n">
+        <v>1</v>
+      </c>
+      <c r="E27" t="inlineStr"/>
+      <c r="F27" t="inlineStr"/>
+      <c r="G27" t="inlineStr"/>
+      <c r="H27" t="inlineStr"/>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>123/169 Axle</t>
+        </is>
+      </c>
+      <c r="B28" t="n">
+        <v>1</v>
+      </c>
+      <c r="C28" t="n">
+        <v>109</v>
+      </c>
+      <c r="D28" t="n">
+        <v>1</v>
+      </c>
+      <c r="E28" t="inlineStr"/>
+      <c r="F28" t="inlineStr"/>
+      <c r="G28" t="inlineStr"/>
+      <c r="H28" t="inlineStr"/>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>D45I Axle</t>
+        </is>
+      </c>
+      <c r="B29" t="n">
+        <v>1</v>
+      </c>
+      <c r="C29" t="n">
+        <v>96</v>
+      </c>
+      <c r="D29" t="n">
+        <v>1</v>
+      </c>
+      <c r="E29" t="inlineStr"/>
+      <c r="F29" t="inlineStr"/>
+      <c r="G29" t="inlineStr"/>
+      <c r="H29" t="inlineStr"/>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>D65 N/S Axle</t>
+        </is>
+      </c>
+      <c r="B30" t="n">
+        <v>1</v>
+      </c>
+      <c r="C30" t="n">
+        <v>81</v>
+      </c>
+      <c r="D30" t="n">
+        <v>1</v>
+      </c>
+      <c r="E30" t="inlineStr"/>
+      <c r="F30" t="inlineStr"/>
+      <c r="G30" t="inlineStr"/>
+      <c r="H30" t="inlineStr"/>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>TE50</t>
+        </is>
+      </c>
+      <c r="B31" t="n">
+        <v>1</v>
+      </c>
+      <c r="C31" t="n">
+        <v>118</v>
+      </c>
+      <c r="D31" t="inlineStr"/>
+      <c r="E31" t="n">
+        <v>1</v>
+      </c>
+      <c r="F31" t="inlineStr"/>
+      <c r="G31" t="inlineStr"/>
+      <c r="H31" t="inlineStr"/>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>R18627-14</t>
+        </is>
+      </c>
+      <c r="B32" t="n">
+        <v>1</v>
+      </c>
+      <c r="C32" t="n">
+        <v>42</v>
+      </c>
+      <c r="D32" t="inlineStr"/>
+      <c r="E32" t="inlineStr"/>
+      <c r="F32" t="inlineStr"/>
+      <c r="G32" t="inlineStr"/>
+      <c r="H32" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>D65I N/S Axle</t>
+        </is>
+      </c>
+      <c r="B33" t="n">
+        <v>1</v>
+      </c>
+      <c r="C33" t="n">
+        <v>77</v>
+      </c>
+      <c r="D33" t="inlineStr"/>
+      <c r="E33" t="inlineStr"/>
+      <c r="F33" t="n">
+        <v>1</v>
+      </c>
+      <c r="G33" t="inlineStr"/>
+      <c r="H33" t="inlineStr"/>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>HR28387-1</t>
+        </is>
+      </c>
+      <c r="B34" t="n">
+        <v>1</v>
+      </c>
+      <c r="C34" t="n">
+        <v>108</v>
+      </c>
+      <c r="D34" t="inlineStr"/>
+      <c r="E34" t="inlineStr"/>
+      <c r="F34" t="n">
+        <v>1</v>
+      </c>
+      <c r="G34" t="inlineStr"/>
+      <c r="H34" t="inlineStr"/>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>15.7MT40424-1</t>
+        </is>
+      </c>
+      <c r="B35" t="n">
+        <v>1</v>
+      </c>
+      <c r="C35" t="n">
+        <v>80</v>
+      </c>
+      <c r="D35" t="inlineStr"/>
+      <c r="E35" t="inlineStr"/>
+      <c r="F35" t="n">
+        <v>1</v>
+      </c>
+      <c r="G35" t="inlineStr"/>
+      <c r="H35" t="inlineStr"/>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>RCT9083 Planetary Gear Drive</t>
+        </is>
+      </c>
+      <c r="B36" t="n">
+        <v>1</v>
+      </c>
+      <c r="C36" t="n">
+        <v>190</v>
+      </c>
+      <c r="D36" t="inlineStr"/>
+      <c r="E36" t="inlineStr"/>
+      <c r="F36" t="n">
+        <v>1</v>
+      </c>
+      <c r="G36" t="inlineStr"/>
+      <c r="H36" t="inlineStr"/>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>8822H-250</t>
+        </is>
+      </c>
+      <c r="B37" t="n">
+        <v>1</v>
+      </c>
+      <c r="C37" t="n">
+        <v>122</v>
+      </c>
+      <c r="D37" t="inlineStr"/>
+      <c r="E37" t="n">
+        <v>1</v>
+      </c>
+      <c r="F37" t="inlineStr"/>
+      <c r="G37" t="inlineStr"/>
+      <c r="H37" t="inlineStr"/>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>1203FT20326-102</t>
+        </is>
+      </c>
+      <c r="B38" t="n">
+        <v>1</v>
+      </c>
+      <c r="C38" t="n">
+        <v>14</v>
+      </c>
+      <c r="D38" t="inlineStr"/>
+      <c r="E38" t="n">
+        <v>1</v>
+      </c>
+      <c r="F38" t="inlineStr"/>
+      <c r="G38" t="inlineStr"/>
+      <c r="H38" t="inlineStr"/>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>18.5RLMTE50822-5</t>
+        </is>
+      </c>
+      <c r="B39" t="n">
+        <v>1</v>
+      </c>
+      <c r="C39" t="n">
+        <v>0</v>
+      </c>
+      <c r="D39" t="n">
+        <v>1</v>
+      </c>
+      <c r="E39" t="inlineStr"/>
+      <c r="F39" t="inlineStr"/>
+      <c r="G39" t="inlineStr"/>
+      <c r="H39" t="inlineStr"/>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>72.6264.AA</t>
+        </is>
+      </c>
+      <c r="B40" t="n">
+        <v>1</v>
+      </c>
+      <c r="C40" t="n">
+        <v>25</v>
+      </c>
+      <c r="D40" t="n">
+        <v>1</v>
+      </c>
+      <c r="E40" t="inlineStr"/>
+      <c r="F40" t="inlineStr"/>
+      <c r="G40" t="inlineStr"/>
+      <c r="H40" t="inlineStr"/>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>R32361-632</t>
+        </is>
+      </c>
+      <c r="B41" t="n">
+        <v>1</v>
+      </c>
+      <c r="C41" t="n">
+        <v>21</v>
+      </c>
+      <c r="D41" t="inlineStr"/>
+      <c r="E41" t="n">
+        <v>1</v>
+      </c>
+      <c r="F41" t="inlineStr"/>
+      <c r="G41" t="inlineStr"/>
+      <c r="H41" t="inlineStr"/>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>Control Valve</t>
+        </is>
+      </c>
+      <c r="B42" t="n">
+        <v>1</v>
+      </c>
+      <c r="C42" t="n">
+        <v>13</v>
+      </c>
+      <c r="D42" t="n">
+        <v>1</v>
+      </c>
+      <c r="E42" t="inlineStr"/>
+      <c r="F42" t="inlineStr"/>
+      <c r="G42" t="inlineStr"/>
+      <c r="H42" t="inlineStr"/>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>1400 JD axle</t>
+        </is>
+      </c>
+      <c r="B43" t="n">
+        <v>1</v>
+      </c>
+      <c r="C43" t="n">
+        <v>28</v>
+      </c>
+      <c r="D43" t="n">
+        <v>1</v>
+      </c>
+      <c r="E43" t="inlineStr"/>
+      <c r="F43" t="inlineStr"/>
+      <c r="G43" t="inlineStr"/>
+      <c r="H43" t="inlineStr"/>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>211/1016981</t>
+        </is>
+      </c>
+      <c r="B44" t="n">
+        <v>1</v>
+      </c>
+      <c r="C44" t="n">
+        <v>1</v>
+      </c>
+      <c r="D44" t="inlineStr"/>
+      <c r="E44" t="n">
+        <v>1</v>
+      </c>
+      <c r="F44" t="inlineStr"/>
+      <c r="G44" t="inlineStr"/>
+      <c r="H44" t="inlineStr"/>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>13.7HR32369-633</t>
+        </is>
+      </c>
+      <c r="B45" t="n">
+        <v>1</v>
+      </c>
+      <c r="C45" t="n">
+        <v>16</v>
+      </c>
+      <c r="D45" t="inlineStr"/>
+      <c r="E45" t="n">
+        <v>1</v>
+      </c>
+      <c r="F45" t="inlineStr"/>
+      <c r="G45" t="inlineStr"/>
+      <c r="H45" t="inlineStr"/>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>223/79 axle</t>
+        </is>
+      </c>
+      <c r="B46" t="n">
+        <v>1</v>
+      </c>
+      <c r="C46" t="n">
+        <v>0</v>
+      </c>
+      <c r="D46" t="n">
+        <v>1</v>
+      </c>
+      <c r="E46" t="inlineStr"/>
+      <c r="F46" t="inlineStr"/>
+      <c r="G46" t="inlineStr"/>
+      <c r="H46" t="inlineStr"/>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>TH545I WHEEL END KIT</t>
+        </is>
+      </c>
+      <c r="B47" t="n">
+        <v>1</v>
+      </c>
+      <c r="C47" t="n">
+        <v>3</v>
+      </c>
+      <c r="D47" t="inlineStr"/>
+      <c r="E47" t="inlineStr"/>
+      <c r="F47" t="inlineStr"/>
+      <c r="G47" t="inlineStr"/>
+      <c r="H47" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>Ausco brake</t>
+        </is>
+      </c>
+      <c r="B48" t="n">
+        <v>1</v>
+      </c>
+      <c r="C48" t="n">
+        <v>13</v>
+      </c>
+      <c r="D48" t="n">
+        <v>1</v>
+      </c>
+      <c r="E48" t="inlineStr"/>
+      <c r="F48" t="inlineStr"/>
+      <c r="G48" t="inlineStr"/>
+      <c r="H48" t="inlineStr"/>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>B4147 Brake Assy</t>
+        </is>
+      </c>
+      <c r="B49" t="n">
+        <v>1</v>
+      </c>
+      <c r="C49" t="n">
+        <v>12</v>
+      </c>
+      <c r="D49" t="inlineStr"/>
+      <c r="E49" t="inlineStr"/>
+      <c r="F49" t="inlineStr"/>
+      <c r="G49" t="inlineStr"/>
+      <c r="H49" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>Wheel end kit</t>
+        </is>
+      </c>
+      <c r="B50" t="n">
+        <v>1</v>
+      </c>
+      <c r="C50" t="n">
+        <v>25</v>
+      </c>
+      <c r="D50" t="inlineStr"/>
+      <c r="E50" t="inlineStr"/>
+      <c r="F50" t="inlineStr"/>
+      <c r="G50" t="inlineStr"/>
+      <c r="H50" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>8822h-4</t>
+        </is>
+      </c>
+      <c r="B51" t="n">
+        <v>1</v>
+      </c>
+      <c r="C51" t="n">
+        <v>23</v>
+      </c>
+      <c r="D51" t="inlineStr"/>
+      <c r="E51" t="n">
+        <v>1</v>
+      </c>
+      <c r="F51" t="inlineStr"/>
+      <c r="G51" t="inlineStr"/>
+      <c r="H51" t="inlineStr"/>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>91.7045.3</t>
+        </is>
+      </c>
+      <c r="B52" t="n">
+        <v>1</v>
+      </c>
+      <c r="C52" t="n">
+        <v>6</v>
+      </c>
+      <c r="D52" t="n">
+        <v>1</v>
+      </c>
+      <c r="E52" t="inlineStr"/>
+      <c r="F52" t="inlineStr"/>
+      <c r="G52" t="inlineStr"/>
+      <c r="H52" t="inlineStr"/>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>242510 valve</t>
+        </is>
+      </c>
+      <c r="B53" t="n">
+        <v>1</v>
+      </c>
+      <c r="C53" t="n">
+        <v>5</v>
+      </c>
+      <c r="D53" t="n">
+        <v>1</v>
+      </c>
+      <c r="E53" t="inlineStr"/>
+      <c r="F53" t="inlineStr"/>
+      <c r="G53" t="inlineStr"/>
+      <c r="H53" t="inlineStr"/>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>D65 D/L Axle</t>
+        </is>
+      </c>
+      <c r="B54" t="n">
+        <v>1</v>
+      </c>
+      <c r="C54" t="n">
+        <v>4</v>
+      </c>
+      <c r="D54" t="n">
+        <v>1</v>
+      </c>
+      <c r="E54" t="inlineStr"/>
+      <c r="F54" t="inlineStr"/>
+      <c r="G54" t="inlineStr"/>
+      <c r="H54" t="inlineStr"/>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>CL8652-69 converter</t>
+        </is>
+      </c>
+      <c r="B55" t="n">
+        <v>1</v>
+      </c>
+      <c r="C55" t="n">
+        <v>3</v>
+      </c>
+      <c r="D55" t="inlineStr"/>
+      <c r="E55" t="n">
+        <v>1</v>
+      </c>
+      <c r="F55" t="inlineStr"/>
+      <c r="G55" t="inlineStr"/>
+      <c r="H55" t="inlineStr"/>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>176/102 Axle</t>
+        </is>
+      </c>
+      <c r="B56" t="n">
+        <v>1</v>
+      </c>
+      <c r="C56" t="n">
+        <v>8</v>
+      </c>
+      <c r="D56" t="inlineStr"/>
+      <c r="E56" t="n">
+        <v>1</v>
+      </c>
+      <c r="F56" t="inlineStr"/>
+      <c r="G56" t="inlineStr"/>
+      <c r="H56" t="inlineStr"/>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>8821H-255</t>
+        </is>
+      </c>
+      <c r="B57" t="n">
+        <v>1</v>
+      </c>
+      <c r="C57" t="n">
+        <v>20</v>
+      </c>
+      <c r="D57" t="n">
+        <v>1</v>
+      </c>
+      <c r="E57" t="inlineStr"/>
+      <c r="F57" t="inlineStr"/>
+      <c r="G57" t="inlineStr"/>
+      <c r="H57" t="inlineStr"/>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>C5542</t>
+        </is>
+      </c>
+      <c r="B58" t="n">
+        <v>1</v>
+      </c>
+      <c r="C58" t="n">
+        <v>12</v>
+      </c>
+      <c r="D58" t="n">
+        <v>1</v>
+      </c>
+      <c r="E58" t="inlineStr"/>
+      <c r="F58" t="inlineStr"/>
+      <c r="G58" t="inlineStr"/>
+      <c r="H58" t="inlineStr"/>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>R32421 Trans</t>
+        </is>
+      </c>
+      <c r="B59" t="n">
+        <v>1</v>
+      </c>
+      <c r="C59" t="n">
+        <v>12</v>
+      </c>
+      <c r="D59" t="n">
+        <v>1</v>
+      </c>
+      <c r="E59" t="inlineStr"/>
+      <c r="F59" t="inlineStr"/>
+      <c r="G59" t="inlineStr"/>
+      <c r="H59" t="inlineStr"/>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>13.7LHR32323-631</t>
+        </is>
+      </c>
+      <c r="B60" t="n">
+        <v>1</v>
+      </c>
+      <c r="C60" t="n">
+        <v>39</v>
+      </c>
+      <c r="D60" t="n">
+        <v>1</v>
+      </c>
+      <c r="E60" t="inlineStr"/>
+      <c r="F60" t="inlineStr"/>
+      <c r="G60" t="inlineStr"/>
+      <c r="H60" t="inlineStr"/>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>CL8672-42</t>
+        </is>
+      </c>
+      <c r="B61" t="n">
+        <v>1</v>
+      </c>
+      <c r="C61" t="n">
+        <v>9</v>
+      </c>
+      <c r="D61" t="inlineStr"/>
+      <c r="E61" t="n">
+        <v>1</v>
+      </c>
+      <c r="F61" t="inlineStr"/>
+      <c r="G61" t="inlineStr"/>
+      <c r="H61" t="inlineStr"/>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>Shift Control Valve</t>
+        </is>
+      </c>
+      <c r="B62" t="n">
+        <v>1</v>
+      </c>
+      <c r="C62" t="n">
+        <v>18</v>
+      </c>
+      <c r="D62" t="n">
+        <v>1</v>
+      </c>
+      <c r="E62" t="inlineStr"/>
+      <c r="F62" t="inlineStr"/>
+      <c r="G62" t="inlineStr"/>
+      <c r="H62" t="inlineStr"/>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>113/102</t>
+        </is>
+      </c>
+      <c r="B63" t="n">
+        <v>1</v>
+      </c>
+      <c r="C63" t="n">
+        <v>12</v>
+      </c>
+      <c r="D63" t="inlineStr"/>
+      <c r="E63" t="n">
+        <v>1</v>
+      </c>
+      <c r="F63" t="inlineStr"/>
+      <c r="G63" t="inlineStr"/>
+      <c r="H63" t="inlineStr"/>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>13.1HR32361-632</t>
+        </is>
+      </c>
+      <c r="B64" t="n">
+        <v>1</v>
+      </c>
+      <c r="C64" t="n">
+        <v>13</v>
+      </c>
+      <c r="D64" t="inlineStr"/>
+      <c r="E64" t="n">
+        <v>1</v>
+      </c>
+      <c r="F64" t="inlineStr"/>
+      <c r="G64" t="inlineStr"/>
+      <c r="H64" t="inlineStr"/>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>106.1686.AA Diff</t>
+        </is>
+      </c>
+      <c r="B65" t="n">
+        <v>1</v>
+      </c>
+      <c r="C65" t="n">
+        <v>28</v>
+      </c>
+      <c r="D65" t="n">
+        <v>1</v>
+      </c>
+      <c r="E65" t="inlineStr"/>
+      <c r="F65" t="inlineStr"/>
+      <c r="G65" t="inlineStr"/>
+      <c r="H65" t="inlineStr"/>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>DF2544M400A</t>
+        </is>
+      </c>
+      <c r="B66" t="n">
+        <v>1</v>
+      </c>
+      <c r="C66" t="n">
+        <v>6</v>
+      </c>
+      <c r="D66" t="inlineStr"/>
+      <c r="E66" t="inlineStr"/>
+      <c r="F66" t="inlineStr"/>
+      <c r="G66" t="inlineStr"/>
+      <c r="H66" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>15.7MT40424-11</t>
+        </is>
+      </c>
+      <c r="B67" t="n">
+        <v>1</v>
+      </c>
+      <c r="C67" t="n">
+        <v>11</v>
+      </c>
+      <c r="D67" t="inlineStr"/>
+      <c r="E67" t="inlineStr"/>
+      <c r="F67" t="inlineStr"/>
+      <c r="G67" t="inlineStr"/>
+      <c r="H67" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>123/174</t>
+        </is>
+      </c>
+      <c r="B68" t="n">
+        <v>1</v>
+      </c>
+      <c r="C68" t="n">
+        <v>18</v>
+      </c>
+      <c r="D68" t="n">
+        <v>1</v>
+      </c>
+      <c r="E68" t="inlineStr"/>
+      <c r="F68" t="inlineStr"/>
+      <c r="G68" t="inlineStr"/>
+      <c r="H68" t="inlineStr"/>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>1217FT13465-13</t>
+        </is>
+      </c>
+      <c r="B69" t="n">
+        <v>1</v>
+      </c>
+      <c r="C69" t="n">
+        <v>22</v>
+      </c>
+      <c r="D69" t="n">
+        <v>1</v>
+      </c>
+      <c r="E69" t="inlineStr"/>
+      <c r="F69" t="inlineStr"/>
+      <c r="G69" t="inlineStr"/>
+      <c r="H69" t="inlineStr"/>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>1203FT20326</t>
+        </is>
+      </c>
+      <c r="B70" t="n">
+        <v>1</v>
+      </c>
+      <c r="C70" t="n">
+        <v>4</v>
+      </c>
+      <c r="D70" t="inlineStr"/>
+      <c r="E70" t="n">
+        <v>1</v>
+      </c>
+      <c r="F70" t="inlineStr"/>
+      <c r="G70" t="inlineStr"/>
+      <c r="H70" t="inlineStr"/>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>106.1603.3 Kessler Axle</t>
+        </is>
+      </c>
+      <c r="B71" t="n">
+        <v>1</v>
+      </c>
+      <c r="C71" t="n">
+        <v>33</v>
+      </c>
+      <c r="D71" t="n">
+        <v>1</v>
+      </c>
+      <c r="E71" t="inlineStr"/>
+      <c r="F71" t="inlineStr"/>
+      <c r="G71" t="inlineStr"/>
+      <c r="H71" t="inlineStr"/>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>5580005450 Superior Upbox</t>
+        </is>
+      </c>
+      <c r="B72" t="n">
+        <v>1</v>
+      </c>
+      <c r="C72" t="n">
+        <v>4</v>
+      </c>
+      <c r="D72" t="n">
+        <v>1</v>
+      </c>
+      <c r="E72" t="inlineStr"/>
+      <c r="F72" t="inlineStr"/>
+      <c r="G72" t="inlineStr"/>
+      <c r="H72" t="inlineStr"/>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>D65I Axle</t>
+        </is>
+      </c>
+      <c r="B73" t="n">
+        <v>1</v>
+      </c>
+      <c r="C73" t="n">
+        <v>8</v>
+      </c>
+      <c r="D73" t="inlineStr"/>
+      <c r="E73" t="n">
+        <v>1</v>
+      </c>
+      <c r="F73" t="inlineStr"/>
+      <c r="G73" t="inlineStr"/>
+      <c r="H73" t="inlineStr"/>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>113/101</t>
+        </is>
+      </c>
+      <c r="B74" t="n">
+        <v>1</v>
+      </c>
+      <c r="C74" t="n">
+        <v>9</v>
+      </c>
+      <c r="D74" t="inlineStr"/>
+      <c r="E74" t="n">
+        <v>1</v>
+      </c>
+      <c r="F74" t="inlineStr"/>
+      <c r="G74" t="inlineStr"/>
+      <c r="H74" t="inlineStr"/>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>106.1487.3</t>
+        </is>
+      </c>
+      <c r="B75" t="n">
+        <v>1</v>
+      </c>
+      <c r="C75" t="n">
+        <v>27</v>
+      </c>
+      <c r="D75" t="n">
+        <v>1</v>
+      </c>
+      <c r="E75" t="inlineStr"/>
+      <c r="F75" t="inlineStr"/>
+      <c r="G75" t="inlineStr"/>
+      <c r="H75" t="inlineStr"/>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>C5502-226</t>
+        </is>
+      </c>
+      <c r="B76" t="n">
+        <v>1</v>
+      </c>
+      <c r="C76" t="n">
+        <v>10</v>
+      </c>
+      <c r="D76" t="inlineStr"/>
+      <c r="E76" t="n">
+        <v>1</v>
+      </c>
+      <c r="F76" t="inlineStr"/>
+      <c r="G76" t="inlineStr"/>
+      <c r="H76" t="inlineStr"/>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>101.1642.3H</t>
+        </is>
+      </c>
+      <c r="B77" t="n">
+        <v>1</v>
+      </c>
+      <c r="C77" t="n">
+        <v>12</v>
+      </c>
+      <c r="D77" t="inlineStr"/>
+      <c r="E77" t="inlineStr"/>
+      <c r="F77" t="inlineStr"/>
+      <c r="G77" t="inlineStr"/>
+      <c r="H77" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>101.1643.3K Trunion Axle</t>
+        </is>
+      </c>
+      <c r="B78" t="n">
+        <v>1</v>
+      </c>
+      <c r="C78" t="n">
+        <v>13</v>
+      </c>
+      <c r="D78" t="inlineStr"/>
+      <c r="E78" t="inlineStr"/>
+      <c r="F78" t="inlineStr"/>
+      <c r="G78" t="inlineStr"/>
+      <c r="H78" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>113 Series Axle</t>
+        </is>
+      </c>
+      <c r="B79" t="n">
+        <v>1</v>
+      </c>
+      <c r="C79" t="n">
+        <v>4</v>
+      </c>
+      <c r="D79" t="n">
+        <v>1</v>
+      </c>
+      <c r="E79" t="inlineStr"/>
+      <c r="F79" t="inlineStr"/>
+      <c r="G79" t="inlineStr"/>
+      <c r="H79" t="inlineStr"/>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>114/10145399</t>
+        </is>
+      </c>
+      <c r="B80" t="n">
+        <v>1</v>
+      </c>
+      <c r="C80" t="n">
+        <v>5</v>
+      </c>
+      <c r="D80" t="n">
+        <v>1</v>
+      </c>
+      <c r="E80" t="inlineStr"/>
+      <c r="F80" t="inlineStr"/>
+      <c r="G80" t="inlineStr"/>
+      <c r="H80" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>